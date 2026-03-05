--- v1 (2025-12-13)
+++ v2 (2026-03-05)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK1 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="24">
-[...1 lines deleted...]
-    <t>Zagreb, 19.11.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="27">
+  <si>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>TOTAL NUMBER OF PAYMENT CARDS IN THE REPUBLIC OF CROATIA BY STATUS {1} - year 2025</t>
   </si>
   <si>
     <t>REPORTING PERIOD</t>
   </si>
   <si>
     <t>CONSUMER</t>
   </si>
   <si>
     <t>NON-CONSUMER</t>
   </si>
@@ -84,50 +84,59 @@
     <t> </t>
   </si>
   <si>
     <t> FEBRUARY</t>
   </si>
   <si>
     <t> MARCH</t>
   </si>
   <si>
     <t> APRIL</t>
   </si>
   <si>
     <t> MAY</t>
   </si>
   <si>
     <t> JUNE</t>
   </si>
   <si>
     <t> JULY</t>
   </si>
   <si>
     <t> AUGUST</t>
   </si>
   <si>
     <t> SEPTEMBER</t>
+  </si>
+  <si>
+    <t> OCTOBER</t>
+  </si>
+  <si>
+    <t> NOVEMBER</t>
+  </si>
+  <si>
+    <t> DECEMBER</t>
   </si>
   <si>
     <t>(1) The number of used, unused and blocked payment cards on the last day of the reporting period.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -501,51 +510,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:Y19"/>
+  <dimension ref="A1:Y22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="4" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="21" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="21" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="21" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
     <col min="12" max="12" width="21" customWidth="1"/>
     <col min="13" max="13" width="4" customWidth="1"/>
     <col min="14" max="14" width="21" customWidth="1"/>
     <col min="15" max="15" width="4" customWidth="1"/>
     <col min="16" max="16" width="21" customWidth="1"/>
     <col min="17" max="17" width="4" customWidth="1"/>
     <col min="18" max="18" width="21" customWidth="1"/>
     <col min="19" max="19" width="4" customWidth="1"/>
     <col min="20" max="20" width="21" customWidth="1"/>
@@ -1318,52 +1327,283 @@
         <v>4987175</v>
       </c>
       <c r="S18" t="s" s="8">
         <v>14</v>
       </c>
       <c r="T18" s="9">
         <v>3405915</v>
       </c>
       <c r="U18" t="s" s="8">
         <v>14</v>
       </c>
       <c r="V18" s="9">
         <v>501117</v>
       </c>
       <c r="W18" t="s" s="8">
         <v>14</v>
       </c>
       <c r="X18" s="10">
         <v>8894207</v>
       </c>
       <c r="Y18" t="s" s="11">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:25">
-      <c r="A19" t="s">
+      <c r="A19" t="s" s="8">
         <v>23</v>
+      </c>
+      <c r="B19" s="9">
+        <v>4702559</v>
+      </c>
+      <c r="C19" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D19" s="9">
+        <v>3098644</v>
+      </c>
+      <c r="E19" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F19" s="9">
+        <v>474674</v>
+      </c>
+      <c r="G19" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H19" s="10">
+        <v>8275877</v>
+      </c>
+      <c r="I19" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="J19" s="9">
+        <v>295471</v>
+      </c>
+      <c r="K19" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="L19" s="9">
+        <v>263793</v>
+      </c>
+      <c r="M19" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="N19" s="9">
+        <v>8994</v>
+      </c>
+      <c r="O19" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="P19" s="10">
+        <v>568258</v>
+      </c>
+      <c r="Q19" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="R19" s="9">
+        <v>4998030</v>
+      </c>
+      <c r="S19" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="T19" s="9">
+        <v>3362437</v>
+      </c>
+      <c r="U19" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="V19" s="9">
+        <v>483668</v>
+      </c>
+      <c r="W19" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="X19" s="10">
+        <v>8844135</v>
+      </c>
+      <c r="Y19" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="20" spans="1:25">
+      <c r="A20" t="s" s="8">
+        <v>24</v>
+      </c>
+      <c r="B20" s="9">
+        <v>4672113</v>
+      </c>
+      <c r="C20" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D20" s="9">
+        <v>2862448</v>
+      </c>
+      <c r="E20" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F20" s="9">
+        <v>449489</v>
+      </c>
+      <c r="G20" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H20" s="10">
+        <v>7984050</v>
+      </c>
+      <c r="I20" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="J20" s="9">
+        <v>289361</v>
+      </c>
+      <c r="K20" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="L20" s="9">
+        <v>228889</v>
+      </c>
+      <c r="M20" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="N20" s="9">
+        <v>9115</v>
+      </c>
+      <c r="O20" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="P20" s="10">
+        <v>527365</v>
+      </c>
+      <c r="Q20" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="R20" s="9">
+        <v>4961474</v>
+      </c>
+      <c r="S20" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="T20" s="9">
+        <v>3091337</v>
+      </c>
+      <c r="U20" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="V20" s="9">
+        <v>458604</v>
+      </c>
+      <c r="W20" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="X20" s="10">
+        <v>8511415</v>
+      </c>
+      <c r="Y20" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="21" spans="1:25">
+      <c r="A21" t="s" s="8">
+        <v>25</v>
+      </c>
+      <c r="B21" s="9">
+        <v>4674581</v>
+      </c>
+      <c r="C21" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D21" s="9">
+        <v>2839782</v>
+      </c>
+      <c r="E21" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F21" s="9">
+        <v>453671</v>
+      </c>
+      <c r="G21" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H21" s="10">
+        <v>7968034</v>
+      </c>
+      <c r="I21" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="J21" s="9">
+        <v>290443</v>
+      </c>
+      <c r="K21" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="L21" s="9">
+        <v>225395</v>
+      </c>
+      <c r="M21" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="N21" s="9">
+        <v>8970</v>
+      </c>
+      <c r="O21" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="P21" s="10">
+        <v>524808</v>
+      </c>
+      <c r="Q21" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="R21" s="9">
+        <v>4965024</v>
+      </c>
+      <c r="S21" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="T21" s="9">
+        <v>3065177</v>
+      </c>
+      <c r="U21" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="V21" s="9">
+        <v>462641</v>
+      </c>
+      <c r="W21" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="X21" s="10">
+        <v>8492842</v>
+      </c>
+      <c r="Y21" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="22" spans="1:25">
+      <c r="A22" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="24">
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="A2:Y2"/>
     <mergeCell ref="A3:Y3"/>
     <mergeCell ref="A4:Y4"/>
     <mergeCell ref="A5:Y5"/>
     <mergeCell ref="A6:Y6"/>
     <mergeCell ref="A7:Y7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:I8"/>
     <mergeCell ref="J8:Q8"/>
     <mergeCell ref="R8:W8"/>
     <mergeCell ref="X8:Y8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="N9:O9"/>
     <mergeCell ref="P9:Q9"/>
     <mergeCell ref="R9:S9"/>